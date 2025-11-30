--- v0 (2025-10-15)
+++ v1 (2025-11-30)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra20fb9d7707e44e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/51c6a01151f7410ea21a5ad74008ae5b.psmdcp" Id="R64ad654577e2420a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra13a246cb52f43b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7b084ec322ed4585a22f8d7fe1d12b3f.psmdcp" Id="Rad05820b5657481b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Results-2025 Dent County 4-H..." sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="430" uniqueCount="430">
   <x:si>
     <x:t>Hierarchy Path</x:t>
   </x:si>
   <x:si>
     <x:t>Exhibitor Number</x:t>
   </x:si>
   <x:si>