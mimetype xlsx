--- v1 (2025-11-30)
+++ v2 (2026-01-15)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra13a246cb52f43b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7b084ec322ed4585a22f8d7fe1d12b3f.psmdcp" Id="Rad05820b5657481b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4780065af7eb409e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2fc17913a28d46088f9161feedf09f2d.psmdcp" Id="R6d1868006c4e4df6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Results-2025 Dent County 4-H..." sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="430" uniqueCount="430">
   <x:si>
     <x:t>Hierarchy Path</x:t>
   </x:si>
   <x:si>
     <x:t>Exhibitor Number</x:t>
   </x:si>
   <x:si>