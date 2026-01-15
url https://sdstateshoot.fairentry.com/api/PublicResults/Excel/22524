--- v2 (2026-01-15)
+++ v3 (2026-01-15)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4780065af7eb409e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2fc17913a28d46088f9161feedf09f2d.psmdcp" Id="R6d1868006c4e4df6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R85b4930e90694f0d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6462bbd7c92a49cc95725705ff337195.psmdcp" Id="R0afb6e5c9f884430" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Results-2025 Dent County 4-H..." sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="430" uniqueCount="430">
   <x:si>
     <x:t>Hierarchy Path</x:t>
   </x:si>
   <x:si>
     <x:t>Exhibitor Number</x:t>
   </x:si>
   <x:si>