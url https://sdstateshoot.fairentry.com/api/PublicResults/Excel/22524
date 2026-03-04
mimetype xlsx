--- v3 (2026-01-15)
+++ v4 (2026-03-04)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R85b4930e90694f0d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6462bbd7c92a49cc95725705ff337195.psmdcp" Id="R0afb6e5c9f884430" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R537e5164adcb4d90" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/da0d4b32dd414928a23ddfd0e46331af.psmdcp" Id="Ref03a4d9fba34a61" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Results-2025 Dent County 4-H..." sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="430" uniqueCount="430">
   <x:si>
     <x:t>Hierarchy Path</x:t>
   </x:si>
   <x:si>
     <x:t>Exhibitor Number</x:t>
   </x:si>
   <x:si>