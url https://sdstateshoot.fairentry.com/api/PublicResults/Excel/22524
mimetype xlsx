--- v4 (2026-03-04)
+++ v5 (2026-03-04)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R537e5164adcb4d90" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/da0d4b32dd414928a23ddfd0e46331af.psmdcp" Id="Ref03a4d9fba34a61" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R45a5298f5a3d4cab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/abb79d027ab04487a08c6b6ce9d1545b.psmdcp" Id="Rab3a50cac60944bb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Results-2025 Dent County 4-H..." sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="430" uniqueCount="430">
   <x:si>
     <x:t>Hierarchy Path</x:t>
   </x:si>
   <x:si>
     <x:t>Exhibitor Number</x:t>
   </x:si>
   <x:si>