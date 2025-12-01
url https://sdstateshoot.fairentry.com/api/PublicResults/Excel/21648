--- v0 (2025-10-15)
+++ v1 (2025-12-01)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R713fed8f63d6470d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/baaa1844302c461482fb23f31e0acde6.psmdcp" Id="Ra0807fb23f1b49cc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdf8ff075b07e425f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/07318abffc504ec2b8581e6693d959c0.psmdcp" Id="Rd22c52a248184ac4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Results-2025 Brown County Fr..." sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1814" uniqueCount="1814">
   <x:si>
     <x:t>Hierarchy Path</x:t>
   </x:si>
   <x:si>
     <x:t>Exhibitor Number</x:t>
   </x:si>
   <x:si>