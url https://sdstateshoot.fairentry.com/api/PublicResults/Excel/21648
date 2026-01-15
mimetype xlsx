--- v1 (2025-12-01)
+++ v2 (2026-01-15)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdf8ff075b07e425f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/07318abffc504ec2b8581e6693d959c0.psmdcp" Id="Rd22c52a248184ac4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2fcfc1b51c7b404d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9f727f7d642143d081e3d66d72f50a77.psmdcp" Id="R6d8de9a318e54332" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Results-2025 Brown County Fr..." sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1814" uniqueCount="1814">
   <x:si>
     <x:t>Hierarchy Path</x:t>
   </x:si>
   <x:si>
     <x:t>Exhibitor Number</x:t>
   </x:si>
   <x:si>