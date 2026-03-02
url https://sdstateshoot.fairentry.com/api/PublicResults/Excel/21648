--- v2 (2026-01-15)
+++ v3 (2026-03-02)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2fcfc1b51c7b404d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9f727f7d642143d081e3d66d72f50a77.psmdcp" Id="R6d8de9a318e54332" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0c43de9b05384bef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/32a8e971a6ea46bc8ba2d13aa4a367d9.psmdcp" Id="R699ee54322fc41b0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Results-2025 Brown County Fr..." sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1814" uniqueCount="1814">
   <x:si>
     <x:t>Hierarchy Path</x:t>
   </x:si>
   <x:si>
     <x:t>Exhibitor Number</x:t>
   </x:si>
   <x:si>